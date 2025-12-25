--- v0 (2025-12-05)
+++ v1 (2025-12-25)
@@ -1,5468 +1,4035 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="07E55D77" w14:textId="7C681FB0" w:rsidR="004F59D1" w:rsidRDefault="003E634B" w:rsidP="00A94423">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="4CDC7141" w14:textId="77777777" w:rsidR="005F7D69" w:rsidRDefault="005F7D69" w:rsidP="005A3191">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="3540" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="6070A7F3" w14:textId="11322C5C" w:rsidR="009110A3" w:rsidRDefault="005A3191" w:rsidP="005A3191">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="3540" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ANEXO I</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36FDAE19" w14:textId="77777777" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D62166">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">BLENDED INTENSIVE PROGRAM IN </w:t>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>MODELO DE PROPUESTA</w:t>
       </w:r>
-      <w:r w:rsidR="00B66299">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+    </w:p>
+    <w:p w14:paraId="3D0CB4FF" w14:textId="77777777" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-        <w:t>…………………</w:t>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D62166">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>PROGRAMA INTENSIVO COMBINADO (BIP)</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...9 lines deleted...]
-        <w:t>…..</w:t>
+    </w:p>
+    <w:p w14:paraId="2B887228" w14:textId="77777777" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D62166">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>TITLE</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...1226 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblStyle w:val="Tablaconcuadrcula1"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
+        <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4672"/>
-        <w:gridCol w:w="4673"/>
+        <w:gridCol w:w="8925"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005119EF" w14:paraId="0B5468AE" w14:textId="77777777" w:rsidTr="00A25B8D">
+      <w:tr w:rsidR="00D62166" w:rsidRPr="00D62166" w14:paraId="1D271BB3" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4672" w:type="dxa"/>
+            <w:tcW w:w="8925" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D7E34EB" w14:textId="49F45D28" w:rsidR="005119EF" w:rsidRDefault="005119EF" w:rsidP="005119EF">
+          <w:p w14:paraId="2C902201" w14:textId="77777777" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="es-ES"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:bookmarkStart w:id="1" w:name="_Hlk211347793"/>
+          </w:p>
+          <w:p w14:paraId="3075400E" w14:textId="77777777" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...129 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="es-ES"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005119EF" w14:paraId="277634B7" w14:textId="77777777" w:rsidTr="00A25B8D">
+      <w:bookmarkEnd w:id="1"/>
+    </w:tbl>
+    <w:p w14:paraId="005E67DD" w14:textId="77777777" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40C347DA" w14:textId="77777777" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D62166">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>LEARNING OBJECTIVES OF THE BIP</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula1"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8925"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D62166" w:rsidRPr="00D62166" w14:paraId="363204FF" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4672" w:type="dxa"/>
+            <w:tcW w:w="8925" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04066B61" w14:textId="77777777" w:rsidR="00B66299" w:rsidRDefault="00B66299" w:rsidP="005F6581">
+          <w:p w14:paraId="1EA84360" w14:textId="77777777" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3BA9502E" w14:textId="2FE1C9C6" w:rsidR="005F6581" w:rsidRPr="00B66299" w:rsidRDefault="005F6581" w:rsidP="005F6581">
+          <w:p w14:paraId="382D7F2F" w14:textId="77777777" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...81 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="es-ES"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-        </w:tc>
-[...4 lines deleted...]
-          <w:p w14:paraId="266DA059" w14:textId="77777777" w:rsidR="0099375F" w:rsidRDefault="0099375F" w:rsidP="005F6581">
+          <w:p w14:paraId="44750896" w14:textId="77777777" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0DCF7568" w14:textId="6BCCAF4A" w:rsidR="005F6581" w:rsidRPr="00B66299" w:rsidRDefault="005F6581" w:rsidP="005F6581">
+          <w:p w14:paraId="58D74C84" w14:textId="77777777" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B66299">
+          </w:p>
+          <w:p w14:paraId="569F3E9E" w14:textId="77777777" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...55 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="es-ES"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005119EF" w14:paraId="15CE4A66" w14:textId="77777777" w:rsidTr="00A25B8D">
+    </w:tbl>
+    <w:p w14:paraId="37F67D0F" w14:textId="77777777" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06287ACD" w14:textId="73F7FC0A" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D62166">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>TARGET PARTICIPANTS (</w:t>
+      </w:r>
+      <w:r w:rsidR="002101C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D62166">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>tudy cycle, area, language requirements, etc.)</w:t>
+      </w:r>
+      <w:r w:rsidR="002101C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula1"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8925"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D62166" w:rsidRPr="00372028" w14:paraId="0858272B" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4672" w:type="dxa"/>
+            <w:tcW w:w="8925" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64961228" w14:textId="4A2B6816" w:rsidR="00CC300E" w:rsidRPr="00B66299" w:rsidRDefault="00CC300E" w:rsidP="00CC300E">
+          <w:p w14:paraId="59FBAF7C" w14:textId="77777777" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...73 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="es-ES"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7CD105E7" w14:textId="77777777" w:rsidR="0099375F" w:rsidRDefault="0099375F" w:rsidP="0099375F">
+          <w:p w14:paraId="27881DE9" w14:textId="77777777" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="es-ES"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BF042C5" w14:textId="77777777" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3B3E5237" w14:textId="77777777" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="60E4C8DE" w14:textId="77777777" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="43FAD207" w14:textId="77777777" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="38E3612E" w14:textId="77777777" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06140345" w14:textId="2CE04368" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D62166">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>TEACHING TEAM (</w:t>
+      </w:r>
+      <w:r w:rsidR="002101C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D62166">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ho will teach the BIP)</w:t>
+      </w:r>
+      <w:r w:rsidR="002101C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula1"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8925"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D62166" w:rsidRPr="00372028" w14:paraId="1302E60E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4673" w:type="dxa"/>
+            <w:tcW w:w="8925" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67DA7DE6" w14:textId="6B042190" w:rsidR="00CC300E" w:rsidRPr="00B66299" w:rsidRDefault="00CC300E" w:rsidP="00CC300E">
+          <w:p w14:paraId="48CE3493" w14:textId="77777777" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...41 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="es-ES"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="79DC5C4F" w14:textId="18886EC0" w:rsidR="005119EF" w:rsidRPr="00A25B8D" w:rsidRDefault="00A25B8D" w:rsidP="00A94423">
+          <w:p w14:paraId="29C3C252" w14:textId="77777777" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="es-ES"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A25B8D">
+          </w:p>
+          <w:p w14:paraId="5602923D" w14:textId="77777777" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="es-ES"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Program coordinator</w:t>
-            </w:r>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3BB10ED1" w14:textId="77777777" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="12924DE8" w14:textId="77777777" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="11C378ED" w14:textId="77777777" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="43843516" w14:textId="77777777" w:rsidR="005119EF" w:rsidRPr="0079372D" w:rsidRDefault="005119EF" w:rsidP="00A94423">
-[...20 lines deleted...]
-          <w:lang w:val="en-US" w:eastAsia="es-ES"/>
+    <w:p w14:paraId="71406546" w14:textId="77777777" w:rsidR="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18397697" w14:textId="77777777" w:rsidR="005F7AFA" w:rsidRDefault="005F7AFA" w:rsidP="00D62166">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31CACB3B" w14:textId="77777777" w:rsidR="005F7AFA" w:rsidRDefault="005F7AFA" w:rsidP="00D62166">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EE9C403" w14:textId="77777777" w:rsidR="005F7AFA" w:rsidRDefault="005F7AFA" w:rsidP="00D62166">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E7A257D" w14:textId="1594C5B1" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D62166">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>PHYSICAL MOBILITY ACTIVITIES: DATE AND PLACES (usually 5 days)</w:t>
+      </w:r>
+      <w:r w:rsidR="002101C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula1"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8925"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D62166" w:rsidRPr="00372028" w14:paraId="0E51E622" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8925" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EFD1E60" w14:textId="77777777" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0F832D48" w14:textId="77777777" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="366CE5EB" w14:textId="77777777" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0ABD3C25" w14:textId="77777777" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="18B90DC4" w14:textId="77777777" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7DB61672" w14:textId="77777777" w:rsidR="009110A3" w:rsidRDefault="00D62166" w:rsidP="00D62166">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D62166">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76F6563A" w14:textId="4D87FEDC" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D62166">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">VIRTUAL COMPONENT PROGRAM </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula1"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8925"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D62166" w:rsidRPr="00D62166" w14:paraId="6C0086A7" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8925" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6356F1E5" w14:textId="77777777" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="198ABDBA" w14:textId="77777777" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7A9D52BF" w14:textId="77777777" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="007C62DA" w14:textId="77777777" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3EE8E33E" w14:textId="77777777" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="07629526" w14:textId="77777777" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6B3AA92E" w14:textId="77777777" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0313B56B" w14:textId="1C93F008" w:rsidR="009110A3" w:rsidRDefault="00D62166" w:rsidP="00D62166">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:hanging="142"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D62166">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NON-TEACHING ACTIVITIES PLANNED DURING PHYSICAL MOBILITY </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="447934EF" w14:textId="0770C888" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="009110A3" w:rsidP="00D62166">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:hanging="142"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...5 lines deleted...]
-        <w:t>8</w:t>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94423">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+      <w:r w:rsidR="00D62166" w:rsidRPr="00D62166">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(cultural   activities, field visits, company visits...)</w:t>
       </w:r>
-      <w:r w:rsidR="00444C72">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">STUDENT </w:t>
+      <w:r w:rsidR="002101C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
-      <w:r>
-[...7 lines deleted...]
-        <w:t>NOMINATION</w:t>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula1"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8925"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D62166" w:rsidRPr="00372028" w14:paraId="43E3C006" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8925" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78F08BF6" w14:textId="77777777" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3F366616" w14:textId="77777777" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="24F72E70" w14:textId="77777777" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="39BD4D5D" w14:textId="77777777" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2E4DB7FC" w14:textId="77777777" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="76981828" w14:textId="77777777" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="134A8C03" w14:textId="77777777" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2DE9FCCC" w14:textId="555024AC" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D62166">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ECTS LOAD </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14CE50B5" w14:textId="77777777" w:rsidR="00A12CAD" w:rsidRDefault="00A12CAD" w:rsidP="00A94423">
-[...28 lines deleted...]
-          <w:lang w:val="en-US"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula1"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8925"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D62166" w:rsidRPr="00D62166" w14:paraId="3A76C424" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8925" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D3D9406" w14:textId="77777777" w:rsidR="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0493F04F" w14:textId="77777777" w:rsidR="00D07100" w:rsidRPr="00D62166" w:rsidRDefault="00D07100" w:rsidP="00D62166">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="794F70D1" w14:textId="77777777" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A2D0182" w14:textId="77777777" w:rsidR="00D07100" w:rsidRDefault="00D62166" w:rsidP="00D62166">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D62166">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0093172C">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Students should be nominated by their universities not later than </w:t>
+    </w:p>
+    <w:p w14:paraId="31551A5C" w14:textId="77777777" w:rsidR="00D07100" w:rsidRDefault="00D07100" w:rsidP="00D62166">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B3C1C91" w14:textId="77777777" w:rsidR="00D07100" w:rsidRDefault="00D07100" w:rsidP="00D62166">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00AB8C70" w14:textId="77777777" w:rsidR="00D07100" w:rsidRDefault="00D07100" w:rsidP="00D62166">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35BD169D" w14:textId="77777777" w:rsidR="005F7D69" w:rsidRDefault="005F7D69" w:rsidP="00D62166">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77A7F6A9" w14:textId="3FF1AE6B" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D62166">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EVALUATION OF </w:t>
       </w:r>
-      <w:r w:rsidR="006B2793">
-[...4 lines deleted...]
-        <w:t>…………</w:t>
+      <w:r w:rsidR="005F7AFA" w:rsidRPr="00D62166">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>RESULTS (</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...5 lines deleted...]
-        <w:t>…</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005F7AFA" w:rsidRPr="005F7AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>methodology</w:t>
       </w:r>
-      <w:r w:rsidR="0093172C">
-[...216 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005F7AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-    </w:p>
-[...14 lines deleted...]
-        <w:t>Universidad Politécnica de Cartagena (UPCT)</w:t>
+      <w:r w:rsidR="002101C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BDF1B6B" w14:textId="6ABBE63C" w:rsidR="006B2793" w:rsidRDefault="006B2793" w:rsidP="00A94423">
-[...17 lines deleted...]
-        <w:t>Email:</w:t>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula1"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8925"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D62166" w:rsidRPr="00D62166" w14:paraId="33962158" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8925" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01AEB19A" w14:textId="77777777" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="25E00C55" w14:textId="77777777" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1F45D2E1" w14:textId="77777777" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="54B7BC7B" w14:textId="77777777" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="27C6A41C" w14:textId="77777777" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0A928F75" w14:textId="77777777" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="63DA1159" w14:textId="77777777" w:rsidR="005F7AFA" w:rsidRDefault="005F7AFA" w:rsidP="00D62166">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45A476D9" w14:textId="77777777" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D62166">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   ESTIMATED BUDGET</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="174371EA" w14:textId="457C8C86" w:rsidR="00CA3796" w:rsidRDefault="006B2793" w:rsidP="00A94423">
-[...162 lines deleted...]
-      <w:docGrid w:linePitch="326"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula1"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8925"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D62166" w:rsidRPr="00D62166" w14:paraId="274FF2A6" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="2084"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8925" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51703999" w14:textId="77777777" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="595E8975" w14:textId="77777777" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1ACC3668" w14:textId="77777777" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="411C8CFE" w14:textId="77777777" w:rsidR="00D62166" w:rsidRPr="00D62166" w:rsidRDefault="00D62166" w:rsidP="00D62166">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42DEA038" w14:textId="77777777" w:rsidR="00714674" w:rsidRDefault="00714674" w:rsidP="00DC2D2C">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+        <w:spacing w:line="237" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="328"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="154E78"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10A1BCD6" w14:textId="77777777" w:rsidR="005F7D69" w:rsidRDefault="005F7D69" w:rsidP="00DC2D2C">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+        <w:spacing w:line="237" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="328"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="154E78"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CCF26F3" w14:textId="77777777" w:rsidR="005F7D69" w:rsidRDefault="005F7D69" w:rsidP="00DC2D2C">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+        <w:spacing w:line="237" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="328"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="154E78"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77A74DB1" w14:textId="77777777" w:rsidR="005F7D69" w:rsidRDefault="005F7D69" w:rsidP="00DC2D2C">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+        <w:spacing w:line="237" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="328"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="154E78"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DEDBC8C" w14:textId="77777777" w:rsidR="005F7D69" w:rsidRDefault="005F7D69" w:rsidP="00DC2D2C">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+        <w:spacing w:line="237" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="328"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="154E78"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62197350" w14:textId="77777777" w:rsidR="005F7D69" w:rsidRDefault="005F7D69" w:rsidP="00DC2D2C">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+        <w:spacing w:line="237" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="328"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="154E78"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4096502F" w14:textId="77777777" w:rsidR="005F7D69" w:rsidRDefault="005F7D69" w:rsidP="00DC2D2C">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+        <w:spacing w:line="237" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="328"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="154E78"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="445F264B" w14:textId="77777777" w:rsidR="005F7D69" w:rsidRDefault="005F7D69" w:rsidP="00DC2D2C">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+        <w:spacing w:line="237" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="328"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="154E78"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C11C4C7" w14:textId="77777777" w:rsidR="005F7D69" w:rsidRDefault="005F7D69" w:rsidP="00DC2D2C">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+        <w:spacing w:line="237" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="328"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="154E78"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64CF525B" w14:textId="77777777" w:rsidR="005F7D69" w:rsidRDefault="005F7D69" w:rsidP="00DC2D2C">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+        <w:spacing w:line="237" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="328"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="154E78"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="486D815F" w14:textId="77777777" w:rsidR="005F7D69" w:rsidRDefault="005F7D69" w:rsidP="00DC2D2C">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+        <w:spacing w:line="237" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="328"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="154E78"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D784BD2" w14:textId="77777777" w:rsidR="005F7D69" w:rsidRDefault="005F7D69" w:rsidP="00DC2D2C">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+        <w:spacing w:line="237" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="328"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="154E78"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B64F478" w14:textId="77777777" w:rsidR="005F7D69" w:rsidRDefault="005F7D69" w:rsidP="00DC2D2C">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+        <w:spacing w:line="237" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="328"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="154E78"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FFA41A0" w14:textId="77777777" w:rsidR="005F7D69" w:rsidRDefault="005F7D69" w:rsidP="00DC2D2C">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+        <w:spacing w:line="237" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="328"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="154E78"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A9B0E31" w14:textId="77777777" w:rsidR="005F7D69" w:rsidRDefault="005F7D69" w:rsidP="00DC2D2C">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+        <w:spacing w:line="237" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="328"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="154E78"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27441AB7" w14:textId="77777777" w:rsidR="005F7D69" w:rsidRDefault="005F7D69" w:rsidP="00DC2D2C">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+        <w:spacing w:line="237" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="328"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="154E78"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F5C91EC" w14:textId="77777777" w:rsidR="005F7D69" w:rsidRDefault="005F7D69" w:rsidP="00DC2D2C">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+        <w:spacing w:line="237" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="328"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="154E78"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E937337" w14:textId="77777777" w:rsidR="005F7D69" w:rsidRDefault="005F7D69" w:rsidP="00DC2D2C">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+        <w:spacing w:line="237" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="328"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="154E78"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="386E4F34" w14:textId="77777777" w:rsidR="005F7D69" w:rsidRDefault="005F7D69" w:rsidP="00DC2D2C">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+        <w:spacing w:line="237" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="328"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="154E78"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F29728D" w14:textId="77777777" w:rsidR="005F7D69" w:rsidRDefault="005F7D69" w:rsidP="00DC2D2C">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+        <w:spacing w:line="237" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="328"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="154E78"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2DA0880B" w14:textId="77777777" w:rsidR="005F7D69" w:rsidRDefault="005F7D69" w:rsidP="00DC2D2C">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+        <w:spacing w:line="237" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="328"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="154E78"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61234370" w14:textId="77777777" w:rsidR="005F7D69" w:rsidRDefault="005F7D69" w:rsidP="00DC2D2C">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+        <w:spacing w:line="237" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="328"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="154E78"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="254596A7" w14:textId="77777777" w:rsidR="005F7D69" w:rsidRDefault="005F7D69" w:rsidP="00DC2D2C">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+        <w:spacing w:line="237" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="328"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="154E78"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EF492EB" w14:textId="77777777" w:rsidR="005F7D69" w:rsidRDefault="005F7D69" w:rsidP="00DC2D2C">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+        <w:spacing w:line="237" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="328"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="154E78"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65136FA3" w14:textId="77777777" w:rsidR="005F7D69" w:rsidRDefault="005F7D69" w:rsidP="00DC2D2C">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+        <w:spacing w:line="237" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="328"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="154E78"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49BDF20A" w14:textId="77777777" w:rsidR="005F7D69" w:rsidRDefault="005F7D69" w:rsidP="00EA6A6D">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+        <w:spacing w:line="237" w:lineRule="auto"/>
+        <w:ind w:right="328"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="154E78"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="005F7D69">
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1440" w:right="1377" w:bottom="348" w:left="1129" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="192B8665" w14:textId="77777777" w:rsidR="00503D06" w:rsidRDefault="00503D06">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="6EF2542B" w14:textId="77777777" w:rsidR="0022274E" w:rsidRDefault="0022274E" w:rsidP="00726E11">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="77A91949" w14:textId="77777777" w:rsidR="00503D06" w:rsidRDefault="00503D06">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="04810F05" w14:textId="77777777" w:rsidR="0022274E" w:rsidRDefault="0022274E" w:rsidP="00726E11">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-[...3 lines deleted...]
-    <w:family w:val="swiss"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Lucida Grande">
-    <w:altName w:val="Times New Roman"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
-[...22 lines deleted...]
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...67 lines deleted...]
-  <w:p w14:paraId="597F59BC" w14:textId="3A83ECB1" w:rsidR="003C5A0C" w:rsidRDefault="003C5A0C">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="1AAD30E9" w14:textId="77777777" w:rsidR="009110A3" w:rsidRDefault="009110A3">
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4550"/>
+        <w:tab w:val="left" w:pos="5818"/>
+      </w:tabs>
+      <w:ind w:right="260"/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
+        <w:spacing w:val="60"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>Página</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> | </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:instrText>NUMPAGES  \* Arabic  \* MERGEFORMAT</w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="04C0ECA0" w14:textId="19E8FFE2" w:rsidR="00AC79ED" w:rsidRDefault="00AC79ED">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
-      <w:jc w:val="right"/>
-[...5 lines deleted...]
-      <w:ind w:right="-568"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-[...114 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4F36DD81" w14:textId="77777777" w:rsidR="00503D06" w:rsidRDefault="00503D06">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="0FF065BE" w14:textId="77777777" w:rsidR="0022274E" w:rsidRDefault="0022274E" w:rsidP="00726E11">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="54087921" w14:textId="77777777" w:rsidR="00503D06" w:rsidRDefault="00503D06">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="71DB876A" w14:textId="77777777" w:rsidR="0022274E" w:rsidRDefault="0022274E" w:rsidP="00726E11">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="597F59BA" w14:textId="77777777" w:rsidR="003C5A0C" w:rsidRDefault="003C5A0C">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="753EF007" w14:textId="05FD47CE" w:rsidR="00726E11" w:rsidRDefault="00AC79ED" w:rsidP="00726E11">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
-  </w:p>
-[...231 lines deleted...]
-    </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
-        <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
-[...101 lines deleted...]
-        <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655168" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="597F59CA" wp14:editId="597F59CB">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="6E23D9DF" wp14:editId="3AA0E43F">
           <wp:simplePos x="0" y="0"/>
-          <wp:positionH relativeFrom="page">
-            <wp:posOffset>5880735</wp:posOffset>
+          <wp:positionH relativeFrom="margin">
+            <wp:posOffset>427990</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
-            <wp:posOffset>615315</wp:posOffset>
+            <wp:posOffset>533400</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1259840" cy="426085"/>
-          <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+          <wp:extent cx="3085045" cy="349250"/>
+          <wp:effectExtent l="0" t="0" r="1270" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="10" name="Imagen 14" descr="Marca UPCT"/>
+          <wp:docPr id="3" name="Imagen 3">
+            <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Imagen 14" descr="Marca UPCT"/>
+                  <pic:cNvPr id="3" name="Imagen 3">
+                    <a:extLst>
+                      <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                        <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:cNvPr>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1"/>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1259840" cy="426085"/>
+                    <a:ext cx="3085045" cy="349250"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
-                  <a:ln w="9525">
+                  <a:ln>
                     <a:noFill/>
-                    <a:miter lim="800000"/>
-[...1 lines deleted...]
-                    <a:tailEnd/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="003C5A0C">
+    <w:r w:rsidR="000B43F5">
+      <w:tab/>
+    </w:r>
+    <w:r w:rsidR="00D62166">
+      <w:t xml:space="preserve">                                                                                                                        </w:t>
+    </w:r>
+    <w:r w:rsidR="00D62166">
       <w:rPr>
         <w:noProof/>
-        <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="597F59CC" wp14:editId="597F59CD">
-[...10 lines deleted...]
-          <wp:docPr id="11" name="Imagen 11" descr="Macintosh HD:Users:macbook:Dropbox:imagen_corporativa:imagen_ETSII_2009:etsii_color.gif"/>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="50C165F5" wp14:editId="6C6184FE">
+          <wp:extent cx="1938655" cy="536575"/>
+          <wp:effectExtent l="0" t="0" r="4445" b="0"/>
+          <wp:docPr id="1966157431" name="Imagen 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Imagen 3" descr="Macintosh HD:Users:macbook:Dropbox:imagen_corporativa:imagen_ETSII_2009:etsii_color.gif"/>
+                  <pic:cNvPr id="0" name="Picture 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId2"/>
+                  <a:blip r:embed="rId2">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="735965" cy="571500"/>
+                    <a:ext cx="1938655" cy="536575"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
-                  <a:ln w="9525">
-[...4 lines deleted...]
-                  </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-        </wp:anchor>
+        </wp:inline>
       </w:drawing>
     </w:r>
-    <w:r>
-[...78 lines deleted...]
-      </mc:AlternateContent>
+    <w:r w:rsidR="000B43F5">
+      <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0CFD7947"/>
+    <w:nsid w:val="07544892"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="46C44366"/>
-[...3 lines deleted...]
-      <w:pStyle w:val="Textondice"/>
+    <w:tmpl w:val="A91C4600"/>
+    <w:lvl w:ilvl="0" w:tplc="0C0A0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C0A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C0A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C0A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C0A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C0A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C0A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0A6566BA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C83E840C"/>
+    <w:lvl w:ilvl="0" w:tplc="0C0A000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...11 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="0019040A" w:tentative="1">
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="001B040A" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0C0A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="000F040A" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0C0A000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="0019040A" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="001B040A" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0C0A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="000F040A" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0C0A000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="0019040A" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="001B040A" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0C0A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="16724C4F"/>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0ADE2752"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="8C40E302"/>
-[...6 lines deleted...]
-        <w:ind w:left="1068" w:hanging="708"/>
+    <w:tmpl w:val="2B28261C"/>
+    <w:lvl w:ilvl="0" w:tplc="6DB63860">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C0A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C0A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C0A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C0A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C0A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C0A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="32CA308A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2736B526"/>
+    <w:lvl w:ilvl="0" w:tplc="80C0BC44">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C0A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C0A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C0A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C0A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C0A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C0A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="33F9093F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="11F0A466"/>
+    <w:lvl w:ilvl="0" w:tplc="0060A1DC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+        <w:ind w:left="1647" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C0A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+        <w:ind w:left="2367" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C0A000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+        <w:ind w:left="3087" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+        <w:ind w:left="3807" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C0A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+        <w:ind w:left="4527" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C0A000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+        <w:ind w:left="5247" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+        <w:ind w:left="5967" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C0A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="6687" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="4313045F"/>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4E6B1884"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="AA9CCD52"/>
-[...3 lines deleted...]
-      <w:pStyle w:val="Textogeneralsangria"/>
+    <w:tmpl w:val="7590B2D4"/>
+    <w:lvl w:ilvl="0" w:tplc="03C86DAA">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C0A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="284" w:hanging="284"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="0003040A" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...8 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="0005040A" w:tentative="1">
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0001040A" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0C0A0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="0003040A" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...8 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="0005040A" w:tentative="1">
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0001040A" w:tentative="1">
-[...43 lines deleted...]
-    </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="465D2437"/>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4EB0738C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="C9D6A778"/>
+    <w:tmpl w:val="1AF6AA64"/>
     <w:lvl w:ilvl="0" w:tplc="0C0A000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="08090019">
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0C0A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0C0A000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0C0A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0C0A000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0C0A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="49964767"/>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="578E2A7E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="0F522E4E"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="%1."/>
+    <w:tmpl w:val="B2AA926E"/>
+    <w:lvl w:ilvl="0" w:tplc="9894046A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C0A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C0A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C0A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C0A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C0A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C0A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="77ED08AA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F8268ACC"/>
+    <w:lvl w:ilvl="0" w:tplc="0C0A0017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0C0A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0C0A000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0C0A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0C0A000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0C0A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="555437EC"/>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="79587BF7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="3EBC0B98"/>
-[...451 lines deleted...]
-        <w:ind w:left="720" w:firstLine="0"/>
+    <w:tmpl w:val="F2A8B8E0"/>
+    <w:lvl w:ilvl="0" w:tplc="DC5A151C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="659" w:hanging="348"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="112"/>
+        <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="55AAE12A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1513" w:hanging="348"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-      </w:rPr>
-[...10 lines deleted...]
-        <w:ind w:left="1440" w:firstLine="0"/>
+        <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="B346356C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2367" w:hanging="348"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:b/>
-[...11 lines deleted...]
-        <w:ind w:left="2160" w:firstLine="0"/>
+        <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="D2BACF82">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3221" w:hanging="348"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-      </w:rPr>
-[...10 lines deleted...]
-        <w:ind w:left="2880" w:firstLine="0"/>
+        <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="4D2AD128">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4075" w:hanging="348"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-      </w:rPr>
-[...10 lines deleted...]
-        <w:ind w:left="3600" w:firstLine="0"/>
+        <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="A086C6DE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4928" w:hanging="348"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-      </w:rPr>
-[...10 lines deleted...]
-        <w:ind w:left="4320" w:firstLine="0"/>
+        <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="A6267CDA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5782" w:hanging="348"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-      </w:rPr>
-[...10 lines deleted...]
-        <w:ind w:left="5040" w:firstLine="0"/>
+        <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="3D7064E4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6636" w:hanging="348"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-      </w:rPr>
-[...10 lines deleted...]
-        <w:ind w:left="142" w:firstLine="0"/>
+        <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="1CC062C4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7490" w:hanging="348"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="6EE04679"/>
+    <w:nsid w:val="7A0F63FE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="C9D6A778"/>
-[...79 lines deleted...]
-      </w:pPr>
+    <w:tmpl w:val="F7CA8B36"/>
+    <w:lvl w:ilvl="0" w:tplc="78F6F31A">
+      <w:start w:val="2019"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="661" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Calibri" w:hAnsi="Symbol" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1381" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2101" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C0A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2821" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C0A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3541" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C0A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4261" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C0A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4981" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C0A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5701" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C0A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6421" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
-[...377 lines deleted...]
-  <w:num w:numId="1" w16cid:durableId="1609703651">
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="9">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1089499338">
-[...74 lines deleted...]
-  <w:num w:numId="27" w16cid:durableId="140654657">
+  <w:num w:numId="10">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="28" w16cid:durableId="710762077">
-[...6 lines deleted...]
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-[...1 lines deleted...]
-  <w:embedSystemFonts/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
-  <w:drawingGridHorizontalSpacing w:val="120"/>
-[...2 lines deleted...]
-  <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
+    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="001A5FCD"/>
-[...255 lines deleted...]
-    <w:rsid w:val="008F5003"/>
+    <w:rsidRoot w:val="00ED110F"/>
+    <w:rsid w:val="00010742"/>
+    <w:rsid w:val="00014C47"/>
+    <w:rsid w:val="00017366"/>
+    <w:rsid w:val="0003047D"/>
+    <w:rsid w:val="00036773"/>
+    <w:rsid w:val="00041EF0"/>
+    <w:rsid w:val="00044D3B"/>
+    <w:rsid w:val="000500E7"/>
+    <w:rsid w:val="000504C5"/>
+    <w:rsid w:val="00052864"/>
+    <w:rsid w:val="00085CF7"/>
+    <w:rsid w:val="00086B67"/>
+    <w:rsid w:val="0009462E"/>
+    <w:rsid w:val="000B43F5"/>
+    <w:rsid w:val="000C023C"/>
+    <w:rsid w:val="000E21A7"/>
+    <w:rsid w:val="000E6888"/>
+    <w:rsid w:val="000F27D8"/>
+    <w:rsid w:val="000F5B55"/>
+    <w:rsid w:val="001011FF"/>
+    <w:rsid w:val="00126E3E"/>
+    <w:rsid w:val="00133ED6"/>
+    <w:rsid w:val="001445F0"/>
+    <w:rsid w:val="001535D3"/>
+    <w:rsid w:val="001666D9"/>
+    <w:rsid w:val="00173A67"/>
+    <w:rsid w:val="001801C6"/>
+    <w:rsid w:val="00186349"/>
+    <w:rsid w:val="00194986"/>
+    <w:rsid w:val="001C0C19"/>
+    <w:rsid w:val="001C302F"/>
+    <w:rsid w:val="001C6005"/>
+    <w:rsid w:val="001E5FFC"/>
+    <w:rsid w:val="001E7E42"/>
+    <w:rsid w:val="001F0CF1"/>
+    <w:rsid w:val="002101C1"/>
+    <w:rsid w:val="00213BDF"/>
+    <w:rsid w:val="0022274E"/>
+    <w:rsid w:val="002261C4"/>
+    <w:rsid w:val="00241413"/>
+    <w:rsid w:val="00241517"/>
+    <w:rsid w:val="00271E51"/>
+    <w:rsid w:val="0028795C"/>
+    <w:rsid w:val="0029112B"/>
+    <w:rsid w:val="0029392C"/>
+    <w:rsid w:val="002A0279"/>
+    <w:rsid w:val="002A47A4"/>
+    <w:rsid w:val="002D53A8"/>
+    <w:rsid w:val="002E0BFD"/>
+    <w:rsid w:val="002F27E4"/>
+    <w:rsid w:val="002F5E8F"/>
+    <w:rsid w:val="002F7BFE"/>
+    <w:rsid w:val="0030282E"/>
+    <w:rsid w:val="00310B9F"/>
+    <w:rsid w:val="0032114C"/>
+    <w:rsid w:val="00334CA1"/>
+    <w:rsid w:val="00336A99"/>
+    <w:rsid w:val="00336C7F"/>
+    <w:rsid w:val="0034782F"/>
+    <w:rsid w:val="00372028"/>
+    <w:rsid w:val="0038348D"/>
+    <w:rsid w:val="0039189B"/>
+    <w:rsid w:val="003A678E"/>
+    <w:rsid w:val="003B683D"/>
+    <w:rsid w:val="003C4F45"/>
+    <w:rsid w:val="003D0B58"/>
+    <w:rsid w:val="00402D25"/>
+    <w:rsid w:val="00402D76"/>
+    <w:rsid w:val="00404DE8"/>
+    <w:rsid w:val="0040569E"/>
+    <w:rsid w:val="004154F1"/>
+    <w:rsid w:val="0043663D"/>
+    <w:rsid w:val="00442A53"/>
+    <w:rsid w:val="004A6F34"/>
+    <w:rsid w:val="004B6F82"/>
+    <w:rsid w:val="004C73C8"/>
+    <w:rsid w:val="004D0538"/>
+    <w:rsid w:val="004E4422"/>
+    <w:rsid w:val="004E7956"/>
+    <w:rsid w:val="004F1678"/>
+    <w:rsid w:val="005102CE"/>
+    <w:rsid w:val="00534298"/>
+    <w:rsid w:val="00535C1C"/>
+    <w:rsid w:val="005431A2"/>
+    <w:rsid w:val="00573F31"/>
+    <w:rsid w:val="00586A54"/>
+    <w:rsid w:val="005901D2"/>
+    <w:rsid w:val="005A3191"/>
+    <w:rsid w:val="005D11D0"/>
+    <w:rsid w:val="005E6DCE"/>
+    <w:rsid w:val="005F1757"/>
+    <w:rsid w:val="005F3D3A"/>
+    <w:rsid w:val="005F7AFA"/>
+    <w:rsid w:val="005F7D69"/>
+    <w:rsid w:val="00620E35"/>
+    <w:rsid w:val="00623AC3"/>
+    <w:rsid w:val="00631462"/>
+    <w:rsid w:val="00633DBF"/>
+    <w:rsid w:val="006830F8"/>
+    <w:rsid w:val="006A4F35"/>
+    <w:rsid w:val="006B2E8E"/>
+    <w:rsid w:val="006B6813"/>
+    <w:rsid w:val="006D059B"/>
+    <w:rsid w:val="006D46D6"/>
+    <w:rsid w:val="00703CC5"/>
+    <w:rsid w:val="00706555"/>
+    <w:rsid w:val="00712666"/>
+    <w:rsid w:val="00714674"/>
+    <w:rsid w:val="00714BDF"/>
+    <w:rsid w:val="00726E11"/>
+    <w:rsid w:val="00755937"/>
+    <w:rsid w:val="0075788D"/>
+    <w:rsid w:val="007632AB"/>
+    <w:rsid w:val="00793C09"/>
+    <w:rsid w:val="00794124"/>
+    <w:rsid w:val="007B448E"/>
+    <w:rsid w:val="007C1209"/>
+    <w:rsid w:val="007C6EAE"/>
+    <w:rsid w:val="007D7953"/>
+    <w:rsid w:val="007E2F31"/>
+    <w:rsid w:val="007F2D01"/>
+    <w:rsid w:val="00805A57"/>
+    <w:rsid w:val="00817A45"/>
+    <w:rsid w:val="00820C9A"/>
+    <w:rsid w:val="00856896"/>
+    <w:rsid w:val="008746B5"/>
+    <w:rsid w:val="0087639E"/>
+    <w:rsid w:val="008A20C6"/>
+    <w:rsid w:val="008C0A1F"/>
+    <w:rsid w:val="008D482D"/>
+    <w:rsid w:val="008F0A4F"/>
+    <w:rsid w:val="008F1C54"/>
+    <w:rsid w:val="008F21B5"/>
     <w:rsid w:val="009028A8"/>
-    <w:rsid w:val="009121EA"/>
-[...178 lines deleted...]
-    <w:rsid w:val="00FF6D59"/>
+    <w:rsid w:val="00903B9A"/>
+    <w:rsid w:val="00906086"/>
+    <w:rsid w:val="00906BDE"/>
+    <w:rsid w:val="009110A3"/>
+    <w:rsid w:val="0091160E"/>
+    <w:rsid w:val="00945EF6"/>
+    <w:rsid w:val="00956497"/>
+    <w:rsid w:val="00957A22"/>
+    <w:rsid w:val="009657E3"/>
+    <w:rsid w:val="00975083"/>
+    <w:rsid w:val="009914A8"/>
+    <w:rsid w:val="009B0943"/>
+    <w:rsid w:val="009B2BBB"/>
+    <w:rsid w:val="009C4BE6"/>
+    <w:rsid w:val="009D1231"/>
+    <w:rsid w:val="009E20FD"/>
+    <w:rsid w:val="00A14CF9"/>
+    <w:rsid w:val="00A21AD3"/>
+    <w:rsid w:val="00A26EB7"/>
+    <w:rsid w:val="00A30C76"/>
+    <w:rsid w:val="00A31BEE"/>
+    <w:rsid w:val="00A32AB9"/>
+    <w:rsid w:val="00A41855"/>
+    <w:rsid w:val="00A453B9"/>
+    <w:rsid w:val="00A50E36"/>
+    <w:rsid w:val="00A70AC2"/>
+    <w:rsid w:val="00A72004"/>
+    <w:rsid w:val="00A854A4"/>
+    <w:rsid w:val="00A859BC"/>
+    <w:rsid w:val="00A869AB"/>
+    <w:rsid w:val="00AA7B08"/>
+    <w:rsid w:val="00AC79ED"/>
+    <w:rsid w:val="00AC7F44"/>
+    <w:rsid w:val="00AD01B4"/>
+    <w:rsid w:val="00AE6872"/>
+    <w:rsid w:val="00AE7F0A"/>
+    <w:rsid w:val="00AF2948"/>
+    <w:rsid w:val="00B0526A"/>
+    <w:rsid w:val="00B30FE1"/>
+    <w:rsid w:val="00B33030"/>
+    <w:rsid w:val="00B34796"/>
+    <w:rsid w:val="00B4673D"/>
+    <w:rsid w:val="00B958AA"/>
+    <w:rsid w:val="00BB486B"/>
+    <w:rsid w:val="00BE0190"/>
+    <w:rsid w:val="00BE6365"/>
+    <w:rsid w:val="00BF2551"/>
+    <w:rsid w:val="00C00517"/>
+    <w:rsid w:val="00C213F2"/>
+    <w:rsid w:val="00C22691"/>
+    <w:rsid w:val="00C324CB"/>
+    <w:rsid w:val="00C67C6B"/>
+    <w:rsid w:val="00C737A0"/>
+    <w:rsid w:val="00C918A2"/>
+    <w:rsid w:val="00CA1349"/>
+    <w:rsid w:val="00CA6E96"/>
+    <w:rsid w:val="00CB5F4B"/>
+    <w:rsid w:val="00CC3162"/>
+    <w:rsid w:val="00CD282B"/>
+    <w:rsid w:val="00CF1948"/>
+    <w:rsid w:val="00CF38C2"/>
+    <w:rsid w:val="00D07100"/>
+    <w:rsid w:val="00D11C87"/>
+    <w:rsid w:val="00D2713D"/>
+    <w:rsid w:val="00D34CD2"/>
+    <w:rsid w:val="00D41CF5"/>
+    <w:rsid w:val="00D509B5"/>
+    <w:rsid w:val="00D5406B"/>
+    <w:rsid w:val="00D62166"/>
+    <w:rsid w:val="00D657B7"/>
+    <w:rsid w:val="00D71719"/>
+    <w:rsid w:val="00D92002"/>
+    <w:rsid w:val="00DA3619"/>
+    <w:rsid w:val="00DC2D2C"/>
+    <w:rsid w:val="00DF6F54"/>
+    <w:rsid w:val="00E0617D"/>
+    <w:rsid w:val="00E12F0D"/>
+    <w:rsid w:val="00E23E01"/>
+    <w:rsid w:val="00E310BD"/>
+    <w:rsid w:val="00E35161"/>
+    <w:rsid w:val="00E40146"/>
+    <w:rsid w:val="00E41464"/>
+    <w:rsid w:val="00E5022A"/>
+    <w:rsid w:val="00E66A6C"/>
+    <w:rsid w:val="00E744B4"/>
+    <w:rsid w:val="00E7559A"/>
+    <w:rsid w:val="00E84DE9"/>
+    <w:rsid w:val="00EA6A6D"/>
+    <w:rsid w:val="00EB13EF"/>
+    <w:rsid w:val="00EB2A32"/>
+    <w:rsid w:val="00EC64B5"/>
+    <w:rsid w:val="00ED110F"/>
+    <w:rsid w:val="00ED280B"/>
+    <w:rsid w:val="00ED79A6"/>
+    <w:rsid w:val="00EE4FEF"/>
+    <w:rsid w:val="00EE588F"/>
+    <w:rsid w:val="00F04B5C"/>
+    <w:rsid w:val="00F3054F"/>
+    <w:rsid w:val="00F325B9"/>
+    <w:rsid w:val="00F470E1"/>
+    <w:rsid w:val="00F5207F"/>
+    <w:rsid w:val="00F66622"/>
+    <w:rsid w:val="00F70649"/>
+    <w:rsid w:val="00F8135C"/>
+    <w:rsid w:val="00F8215C"/>
+    <w:rsid w:val="00F844F3"/>
+    <w:rsid w:val="00F84BCD"/>
+    <w:rsid w:val="00F97E2B"/>
+    <w:rsid w:val="00FF5F5D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="es-ES" w:bidi="he-IL"/>
+  <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
-  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="597F594B"/>
-  <w15:docId w15:val="{3D1459D0-3005-43C6-B33E-DD25E33A65E3}"/>
+  <w14:docId w14:val="6B7C12D5"/>
+  <w15:docId w15:val="{3B823F84-A185-4542-944D-4A887901B90E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
         <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -5485,51 +4052,51 @@
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5598,51 +4165,51 @@
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -5794,905 +4361,1082 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00D17446"/>
-[...2 lines deleted...]
-    </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-      <w:lang w:val="sv-SE" w:eastAsia="en-US"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
     <w:link w:val="Ttulo1Car"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="000534FE"/>
+    <w:rsid w:val="004154F1"/>
     <w:pPr>
-      <w:keepNext/>
-[...3 lines deleted...]
-      <w:spacing w:after="320" w:line="280" w:lineRule="exact"/>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:right="549"/>
+      <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
-      <w:caps/>
-[...1 lines deleted...]
-      <w:szCs w:val="32"/>
+      <w:bCs/>
+      <w:color w:val="auto"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo3Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="004154F1"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F4D78" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Textogeneral">
-[...2 lines deleted...]
-    <w:rsid w:val="000534FE"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid">
+    <w:name w:val="TableGrid"/>
     <w:pPr>
-      <w:spacing w:after="320" w:line="240" w:lineRule="exact"/>
-      <w:outlineLvl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...56 lines deleted...]
-    </w:rPr>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Encabezado">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="EncabezadoCar"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="000534FE"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00726E11"/>
     <w:pPr>
-      <w:spacing w:line="280" w:lineRule="exact"/>
-      <w:jc w:val="right"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="EncabezadoCar">
+    <w:name w:val="Encabezado Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Encabezado"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00726E11"/>
     <w:rPr>
-      <w:sz w:val="16"/>
-[...35 lines deleted...]
-      <w:b/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Piedepgina">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PiedepginaCar"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00CE591F"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00726E11"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
-    </w:pPr>
-[...40 lines deleted...]
-      <w:contextualSpacing/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
     <w:name w:val="Pie de página Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Piedepgina"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="003E088A"/>
+    <w:rsid w:val="00726E11"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...2 lines deleted...]
-      <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES_tradnl"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="EncabezadoCar">
-[...4 lines deleted...]
-    <w:rsid w:val="0063146A"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="Table Normal"/>
+    <w:uiPriority w:val="2"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D509B5"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...2 lines deleted...]
-      <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES_tradnl"/>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textoindependiente">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextoindependienteCar"/>
-    <w:rsid w:val="00282D72"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D509B5"/>
     <w:pPr>
-      <w:numPr>
-[...6 lines deleted...]
-      <w:ind w:left="142"/>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:before="74" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="833"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-      <w:lang w:eastAsia="es-ES"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cstheme="minorBidi"/>
+      <w:color w:val="auto"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextoindependienteCar">
     <w:name w:val="Texto independiente Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Textoindependiente"/>
-    <w:rsid w:val="00282D72"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00D509B5"/>
     <w:rPr>
-      <w:sz w:val="24"/>
-[...1 lines deleted...]
-      <w:lang w:val="es-ES_tradnl"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Textoennegrita">
-[...1 lines deleted...]
-    <w:uiPriority w:val="22"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00282D72"/>
+    <w:rsid w:val="00D509B5"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:b/>
-      <w:bCs/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:color w:val="auto"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="dtr-data">
+    <w:name w:val="dtr-data"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:rsid w:val="008C0A1F"/>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tablaconcuadrcula">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="Tablanormal"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="008F0A4F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
-    <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00282D72"/>
+    <w:rsid w:val="00A869AB"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="EUAlbertina" w:hAnsi="EUAlbertina" w:cs="EUAlbertina"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Prrafodelista">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00793C09"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Car">
     <w:name w:val="Título 1 Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00D17446"/>
+    <w:rsid w:val="004154F1"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
-      <w:caps/>
-[...3 lines deleted...]
-      <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES_tradnl"/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tablaconcuadrcula">
-    <w:name w:val="Table Grid"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo3Car">
+    <w:name w:val="Título 3 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004154F1"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F4D78" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="Tablaconcuadrcula1">
+    <w:name w:val="Tabla con cuadrícula1"/>
     <w:basedOn w:val="Tablanormal"/>
-    <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00D17446"/>
+    <w:next w:val="Tablaconcuadrcula"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00D62166"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:sz w:val="22"/>
-[...1 lines deleted...]
-      <w:lang w:val="sv-SE" w:eastAsia="sv-SE"/>
+      <w:rFonts w:eastAsia="Calibri"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hipervnculo">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00EF23DD"/>
+    <w:rsid w:val="002101C1"/>
     <w:rPr>
-      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mencinsinresolver">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00EF4046"/>
+    <w:rsid w:val="002101C1"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hipervnculovisitado">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D07100"/>
+    <w:rPr>
+      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
-    <w:div w:id="260144632">
+    <w:div w:id="15543896">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="581376881">
+    <w:div w:id="153958030">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="783383566">
-[...26 lines deleted...]
-    <w:div w:id="1019434449">
+    <w:div w:id="161894161">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1069890068">
+    <w:div w:id="413741701">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1174343347">
+    <w:div w:id="615869991">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1220747137">
+    <w:div w:id="943342482">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1722897494">
+    <w:div w:id="1004747314">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1938439356">
+    <w:div w:id="1091127825">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1209344413">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1410228154">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1743286767">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:incoming@upct.es" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x0101007CBE3C539B1DAA45AA8E0411C4A121CB" ma:contentTypeVersion="4" ma:contentTypeDescription="Crear nuevo documento." ma:contentTypeScope="" ma:versionID="6d001cf7d88aabf347443116de53b25a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="6ea81ba9-dae6-42a9-86df-37be8d914a8f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="85fbac5d371cbdd4a3c4e19a4dcb59fe" ns3:_="">
+    <xsd:import namespace="6ea81ba9-dae6-42a9-86df-37be8d914a8f"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6ea81ba9-dae6-42a9-86df-37be8d914a8f" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceDateTaken" ma:index="8" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="10" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="11" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Tipo de contenido"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Título"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{224A2969-B1E1-46DA-BC99-E52C4496C438}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BE3DABC9-343E-4709-A443-E5DD96EA1AE8}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AD7CD597-82D1-4A0A-A56B-90F90C872D92}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E61C72AE-3173-4ADE-81EA-EBA18FDF19F5}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="6ea81ba9-dae6-42a9-86df-37be8d914a8f"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1672</Characters>
+  <Pages>3</Pages>
+  <Words>91</Words>
+  <Characters>503</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>13</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>4</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>UPCT</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1973</CharactersWithSpaces>
+  <CharactersWithSpaces>593</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Luis Javier Lozano</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>CARLES CANO-MANUEL, MARÍA VIRGINIA</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x0101007CBE3C539B1DAA45AA8E0411C4A121CB</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="GrammarlyDocumentId">
+    <vt:lpwstr>def6469e-1634-4517-ab6d-147ec2f12dd1</vt:lpwstr>
+  </property>
+</Properties>
+</file>